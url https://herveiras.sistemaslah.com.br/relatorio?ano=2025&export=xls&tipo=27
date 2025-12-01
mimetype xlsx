--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -99,53 +99,50 @@
     <t>Greice Greiner da Silveira - PP</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DA DISPONIBILIZAÇÃO E RESERVA DE LOCAL ADEQUADO E ACESSÍVEL ÀS PESSOAS COM DEFICIÊNCIA EM EVENTOS REALIZADOS NO ÂMBITO DO MUNICÍPIO DE HERVEIRAS/RS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>004/2025</t>
   </si>
   <si>
     <t>004/2025 PROJETO DE LEI - LEGISLATIVO</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE 01 (UM) SERVENTE POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>005/2025</t>
   </si>
   <si>
     <t>005/2025 PROJETO DE LEI - LEGISLATIVO</t>
   </si>
   <si>
     <t>08/09/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Protocolado</t>
   </si>
   <si>
     <t>Silvio Ataídes Drost Alves - Podemos</t>
   </si>
   <si>
     <t>“INSTITUI A SEMANA MUNICIPAL DA PESSOA IDOSA E RECONHECE O DIA 1º DE OUTUBRO COMO O DIA MUNICIPAL DA PESSOA IDOSA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>Total: 5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -621,62 +618,62 @@
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
         <v>20250856</v>
       </c>
       <c r="B7" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
         <v>29</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>