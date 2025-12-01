--- v0 (2025-10-10)
+++ v1 (2025-12-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -494,51 +494,75 @@
   <si>
     <t>: Pedido de disponibilização de escolinhas esportivas e/ou transporte para crianças do interior.</t>
   </si>
   <si>
     <t>038/2025</t>
   </si>
   <si>
     <t>038/2025 INDICAÇÃO</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal adoção das medidas administrativas e legais necessárias para a criação da Casa de Cultura de Herveiras/RS, destinada à promoção, valorização e difusão da cultura local, a qual poderá ter como objetivos, entre outros, promover atividades artísticas, culturais e educacionais, incentivar a preservação da memória, do patrimônio histórico e das tradições do Município.</t>
   </si>
   <si>
     <t>039/2025</t>
   </si>
   <si>
     <t>039/2025 INDICAÇÃO</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal de Herveiras a necessidade de que o Executivo Municipal promova a contratação de um(a) Engenheiro(a), seja por meio de processo seletivo simplificado ou, em caráter emergencial, através da terceirização de empresa especializada, com o objetivo de reforçar a equipe técnica de engenharia da Prefeitura Municipal.</t>
   </si>
   <si>
-    <t>Total: 39</t>
+    <t>040/2025</t>
+  </si>
+  <si>
+    <t>040/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Solicita calçamento com paralelepípedo dentro do Parque de Eventos Osmar Claas.</t>
+  </si>
+  <si>
+    <t>041/2025</t>
+  </si>
+  <si>
+    <t>041/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal adequação dos prédios das escolas desativadas no Município para uso da comunidade.</t>
+  </si>
+  <si>
+    <t>Total: 41</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -857,54 +881,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G42"/>
+  <dimension ref="A1:G44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C41" sqref="C41"/>
+      <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -1764,85 +1788,131 @@
       </c>
       <c r="E39" t="s">
         <v>25</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>20250855</v>
       </c>
       <c r="B40" t="s">
         <v>153</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D40" t="s">
         <v>151</v>
       </c>
       <c r="E40" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F40" t="s">
         <v>69</v>
       </c>
       <c r="G40" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>20250864</v>
       </c>
       <c r="B41" t="s">
         <v>156</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D41" t="s">
         <v>158</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:7">
-      <c r="A42" t="s">
+      <c r="A42">
+        <v>20250867</v>
+      </c>
+      <c r="B42" t="s">
         <v>160</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" t="s">
+        <v>162</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43">
+        <v>20250871</v>
+      </c>
+      <c r="B43" t="s">
+        <v>164</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D43" t="s">
+        <v>166</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>17</v>
+      </c>
+      <c r="G43" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>